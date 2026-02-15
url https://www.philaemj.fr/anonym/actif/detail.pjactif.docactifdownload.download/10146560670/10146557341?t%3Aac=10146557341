--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -22,51 +22,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38E779AD" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRDefault="001D4BD6" w:rsidP="001D4BD6">
       <w:pPr>
         <w:spacing w:before="6" w:line="391" w:lineRule="exact"/>
         <w:ind w:left="102" w:right="102"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2333B638" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRDefault="00335BD2" w:rsidP="001D4BD6">
+    <w:p w14:paraId="2333B638" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRDefault="00AC796C" w:rsidP="001D4BD6">
       <w:pPr>
         <w:spacing w:before="6" w:line="391" w:lineRule="exact"/>
         <w:ind w:left="102" w:right="102"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="2FD7B8"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:pict w14:anchorId="6F49788B">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
@@ -88,76 +88,76 @@
           <v:shape id="Image 10" o:spid="_x0000_s1051" type="#_x0000_t75" alt="Logo_PHILAE_CMJN_Plan de travail 1" style="position:absolute;left:0;text-align:left;margin-left:252.1pt;margin-top:-2.85pt;width:119.3pt;height:99.75pt;z-index:251684864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin">
             <v:imagedata r:id="rId9" o:title="Logo_PHILAE_CMJN_Plan de travail 1"/>
             <w10:wrap anchorx="page" anchory="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="001D4BD6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D4BD6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E24A0E" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRPr="002F4005" w:rsidRDefault="00335BD2" w:rsidP="001D4BD6">
+    <w:p w14:paraId="11E24A0E" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRPr="002F4005" w:rsidRDefault="00AC796C" w:rsidP="001D4BD6">
       <w:pPr>
         <w:spacing w:before="262" w:line="476" w:lineRule="exact"/>
         <w:ind w:left="102" w:right="102"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:spacing w:val="-33"/>
           <w:w w:val="125"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:pict w14:anchorId="70A256AB">
           <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect"/>
           </v:shapetype>
-          <v:shape id="_x0000_s0" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:34.55pt;margin-top:111pt;width:540pt;height:98.25pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:26.75pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN1/HQgwIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z22nTja21lntpakq&#10;bS/Sts8rYnCMihkKJPa26r93wPFeWlWqqiYSHmA4zMw5w9n50ClyENZJ0BXNTlJKhK6BS72r6OdP&#10;m9mKEueZ5kyBFhW9F46er1++OOtNKebQguLCEgTRruxNRVvvTZkkrm5Fx9wJGKFxswHbMY9Tu0u4&#10;ZT2idyqZp+ky6cFyY6EWzuHq9bhJ1xG/aUTtPzSNE56oimJsPo42jtswJuszVu4sM62sj2Gwf4ii&#10;Y1LjpQ9Q18wzsrfyN6hO1hYcNP6khi6BppG1iDlgNln6Sza3LTMi5oLFceahTO7/wdbvDx8tkbyi&#10;8wUlmnXI0d2Q4u/Oxer0xpXodGvQzQ+XMCDLMVNnbqD+4oiGq5bpnbiwFvpWMI7RZaGuyZOjgQ9X&#10;ugCy7d8Bx1vY3kMEGhrbhdJhMQiiI0v3D8yIwZMaF5erxQpjoqTGvfmrVbrMFvEOVk7HjXX+jYCO&#10;BKOiFqmP8Oxw43wIh5WTS7jNgZJ8I5WKE7vbXilLDgxlssnC/4j+zE3p4KwhHBsRxxWMEu8IeyHe&#10;SPv3Ipvn6eW8mG2Wq9NZvskXs+I0Xc3SrLgslmle5NebHyHALC9bybnQN1KLSYJZ/ncUH5thFE8U&#10;IekrWiyQzJjXH5MMDGM9xyyeJdlJjx2pZFfRUPLRiZWB2dea4wFWeibVaCfPw49VxhpM31iVqINA&#10;/SgCP2wHRAl62AK/R0VYQL6QW3xG0GjBfqOkx5asqPu6Z1ZQot5qVFXo38mwk7GdDKZrPFpRT8lo&#10;Xvmxz/fGyl2LyKNuNVyg8hoZNfEYxVGv2GYx+OOTEPr46Tx6PT5c658AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCpXrQ43QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsNYosM&#10;TUOjntt66W1hRyCys4TdFvz3Lic9znsvb76X72bTixuNrrOMEK8iEMS11R03CJ/nt6cNCOcVa9Vb&#10;JoQfcrAr7u9ylWk78ZFuJ9+IUMIuUwit90MmpatbMsqt7EAcvC87GuXDOTZSj2oK5aaX6yhKpVEd&#10;hw+tGqhsqf4+XQ3CdBnocvjYVEfzXpbPh7hNzX5GfHyY968gPM3+LwwLfkCHIjBV9sraiR4h3cYh&#10;ifCyDpMWP04WpUJIknQLssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAN1/HQ&#10;gwIAAAAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCp&#10;XrQ43QAAAAoBAAAPAAAAAAAA&#10;" fillcolor="#f1f1f1" stroked="f">
+          <v:shape id="_x0000_s0" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:34.55pt;margin-top:111pt;width:540pt;height:98.25pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:26.75pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAN1/HQgwIAAAAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z22nTja21lntpakq&#10;bS/Sts8rYnCMihkKJPa26r93wPFeWlWqqiYSHmA4zMw5w9n50ClyENZJ0BXNTlJKhK6BS72r6OdP&#10;m9mKEueZ5kyBFhW9F46er1++OOtNKebQguLCEgTRruxNRVvvTZkkrm5Fx9wJGKFxswHbMY9Tu0u4&#10;ZT2idyqZp+ky6cFyY6EWzuHq9bhJ1xG/aUTtPzSNE56oimJsPo42jtswJuszVu4sM62sj2Gwf4ii&#10;Y1LjpQ9Q18wzsrfyN6hO1hYcNP6khi6BppG1iDlgNln6Sza3LTMi5oLFceahTO7/wdbvDx8tkbyi&#10;8wUlmnXI0d2Q4u/Oxer0xpXodGvQzQ+XMCDLMVNnbqD+4oiGq5bpnbiwFvpWMI7RZaGuyZOjgQ9X&#10;ugCy7d8Bx1vY3kMEGhrbhdJhMQiiI0v3D8yIwZMaF5erxQpjoqTGvfmrVbrMFvEOVk7HjXX+jYCO&#10;BKOiFqmP8Oxw43wIh5WTS7jNgZJ8I5WKE7vbXilLDgxlssnC/4j+zE3p4KwhHBsRxxWMEu8IeyHe&#10;SPv3Ipvn6eW8mG2Wq9NZvskXs+I0Xc3SrLgslmle5NebHyHALC9bybnQN1KLSYJZ/ncUH5thFE8U&#10;IekrWiyQzJjXH5MMDGM9xyyeJdlJjx2pZFfRUPLRiZWB2dea4wFWeibVaCfPw49VxhpM31iVqINA&#10;/SgCP2wHRAl62AK/R0VYQL6QW3xG0GjBfqOkx5asqPu6Z1ZQot5qVFXo38mwk7GdDKZrPFpRT8lo&#10;Xvmxz/fGyl2LyKNuNVyg8hoZNfEYxVGv2GYx+OOTEPr46Tx6PT5c658AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCpXrQ43QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsNYosM&#10;TUOjntt66W1hRyCys4TdFvz3Lic9znsvb76X72bTixuNrrOMEK8iEMS11R03CJ/nt6cNCOcVa9Vb&#10;JoQfcrAr7u9ylWk78ZFuJ9+IUMIuUwit90MmpatbMsqt7EAcvC87GuXDOTZSj2oK5aaX6yhKpVEd&#10;hw+tGqhsqf4+XQ3CdBnocvjYVEfzXpbPh7hNzX5GfHyY968gPM3+LwwLfkCHIjBV9sraiR4h3cYh&#10;ifCyDpMWP04WpUJIknQLssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAN1/HQ&#10;gwIAAAAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;" fillcolor="#f1f1f1" stroked="f">
             <v:textbox inset="0,0,0,0">
               <w:txbxContent>
                 <w:p w14:paraId="1D6CB114" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRDefault="001D4BD6" w:rsidP="002F4005">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                       <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                       <w:bottom w:val="single" w:sz="4" w:space="26" w:color="auto"/>
                       <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                       <w:between w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                       <w:bar w:val="single" w:sz="4" w:color="auto"/>
                     </w:pBdr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
             <w10:wrap anchorx="page" anchory="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001D4BD6" w:rsidRPr="002F4005">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1193,51 +1193,51 @@
     <w:p w14:paraId="693F0D03" w14:textId="77777777" w:rsidR="002F4005" w:rsidRPr="002F4005" w:rsidRDefault="001D4BD6" w:rsidP="001D4BD6">
       <w:pPr>
         <w:shd w:val="solid" w:color="F1F1F1" w:fill="F1F1F1"/>
         <w:spacing w:after="534" w:line="352" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:color w:val="133350"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4005">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:color w:val="133350"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Constitution de votre dossier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E32ADF" w14:textId="77777777" w:rsidR="002F4005" w:rsidRDefault="00335BD2" w:rsidP="001D4BD6">
+    <w:p w14:paraId="32E32ADF" w14:textId="77777777" w:rsidR="002F4005" w:rsidRDefault="00AC796C" w:rsidP="001D4BD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="1EE3C6CC">
           <v:shape id="Image 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:525.5pt;height:295pt;visibility:visible;mso-wrap-style:square">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF06D60" w14:textId="77777777" w:rsidR="002F4005" w:rsidRDefault="002F4005" w:rsidP="001D4BD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2874,61 +2874,51 @@
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4005">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Actifs corporels</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>mobiliers</w:t>
+              <w:t xml:space="preserve"> mobiliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="164B5E4F" w14:textId="0C0EA64B" w:rsidR="00335BD2" w:rsidRPr="002F4005" w:rsidRDefault="00335BD2" w:rsidP="007C550F">
             <w:pPr>
               <w:spacing w:before="33" w:after="26" w:line="224" w:lineRule="exact"/>
               <w:ind w:right="96"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -3139,72 +3129,72 @@
       <w:pPr>
         <w:spacing w:before="529" w:line="287" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F4005">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Calibri" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:color w:val="2FD7B8"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Provenance des fonds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD75556" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRPr="002F4005" w:rsidRDefault="00335BD2" w:rsidP="001D4BD6">
+    <w:p w14:paraId="7DD75556" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRPr="002F4005" w:rsidRDefault="00AC796C" w:rsidP="001D4BD6">
       <w:pPr>
         <w:spacing w:before="306" w:after="259" w:line="280" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Segoe UI" w:hAnsi="Century Gothic"/>
           <w:color w:val="303338"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="234E5082">
-          <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:2.4pt;margin-top:42.25pt;width:535.45pt;height:110.8pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjml+qswIAALIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8zmIoYQNastoNoaq0&#10;vUi7/QAHTLAKNrWdwLbqv3dsQrKXl6otD9Zgj8/MmTmeq+uxa9GBKc2lyHBwQTBiopQVF7sMf30o&#10;vCVG2lBR0VYKluFHpvH16u2bq6FPWSgb2VZMIQAROh36DDfG9Knv67JhHdUXsmcCDmupOmrgV+38&#10;StEB0LvWDwmJ/UGqqleyZFrDbj4d4pXDr2tWms91rZlBbYYhN+NW5datXf3VFU13ivYNL49p0L/I&#10;oqNcQNATVE4NRXvFX0F1vFRSy9pclLLzZV3zkjkOwCYgL9jcN7RnjgsUR/enMun/B1t+OnxRiFfQ&#10;O4wE7aBFD2w06FaOKLTVGXqdgtN9D25mhG3raZnq/k6W3zQSct1QsWM3SsmhYbSC7AJ7039ydcLR&#10;FmQ7fJQVhKF7Ix3QWKvOAkIxEKBDlx5PnbGplLAZLwkJgwVGJZyFwbuAxK53Pk3n673S5j2THbJG&#10;hhW03sHTw502Nh2azi42mpAFb1vX/lY82wDHaQeCw1V7ZtNw3fyZkGSz3CwjLwrjjReRPPduinXk&#10;xUVwucjf5et1HvyycYMobXhVMWHDzMoKoj/r3FHjkyZO2tKy5ZWFsylptduuW4UOFJRduM8VHU7O&#10;bv7zNFwRgMsLSkEYkdsw8Yp4eelFRbTwkkuy9EiQ3CYxiZIoL55TuuOC/TslNGQ4WYSLSU3npF9w&#10;I+57zY2mHTcwO1reZRjkAZ91oqnV4EZUzjaUt5P9pBQ2/XMpoN1zo51irUgnuZpxO05PI7HIVs5b&#10;WT2ChpUEhYFQYfCB0Uj1A6MBhkiG9fc9VQyj9oOAd2Anzmyo2djOBhUlXM2wwWgy12aaTPte8V0D&#10;yNNLE/IG3krNnYrPWRxfGAwGR+Y4xOzkefrvvM6jdvUbAAD//wMAUEsDBBQABgAIAAAAIQCzADGL&#10;3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0tgrBul7jQhOCEhunLY&#10;MW28tlrjlCbbytuTneBo/dbvz9l6sr040eg7xwj3MwWCuHam4wbhq3y7W4HwQbPRvWNC+CEP6/z6&#10;KtOpcWcu6LQNjYgl7FON0IYwpFL6uiWr/cwNxDHbu9HqEMexkWbU51hue/mgVCKt7jheaPVALy3V&#10;h+3RImx2XLx23x/VZ7EvurJ8UvyeHBBvb6bNM4hAU/hbhgs/0iGPpsod2XjRIzxGeECI/1xCtVws&#10;QVQI8/kiAZln8r8//wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBjml+qswIAALIFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCzADGL3QAAAAcB&#10;AAAPAAAAAAAA&#10;" filled="f" stroked="f">
+          <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:2.4pt;margin-top:42.25pt;width:535.45pt;height:110.8pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjml+qswIAALIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuOmzAQfa/Uf7D8zmIoYQNastoNoaq0&#10;vUi7/QAHTLAKNrWdwLbqv3dsQrKXl6otD9Zgj8/MmTmeq+uxa9GBKc2lyHBwQTBiopQVF7sMf30o&#10;vCVG2lBR0VYKluFHpvH16u2bq6FPWSgb2VZMIQAROh36DDfG9Knv67JhHdUXsmcCDmupOmrgV+38&#10;StEB0LvWDwmJ/UGqqleyZFrDbj4d4pXDr2tWms91rZlBbYYhN+NW5datXf3VFU13ivYNL49p0L/I&#10;oqNcQNATVE4NRXvFX0F1vFRSy9pclLLzZV3zkjkOwCYgL9jcN7RnjgsUR/enMun/B1t+OnxRiFfQ&#10;O4wE7aBFD2w06FaOKLTVGXqdgtN9D25mhG3raZnq/k6W3zQSct1QsWM3SsmhYbSC7AJ7039ydcLR&#10;FmQ7fJQVhKF7Ix3QWKvOAkIxEKBDlx5PnbGplLAZLwkJgwVGJZyFwbuAxK53Pk3n673S5j2THbJG&#10;hhW03sHTw502Nh2azi42mpAFb1vX/lY82wDHaQeCw1V7ZtNw3fyZkGSz3CwjLwrjjReRPPduinXk&#10;xUVwucjf5et1HvyycYMobXhVMWHDzMoKoj/r3FHjkyZO2tKy5ZWFsylptduuW4UOFJRduM8VHU7O&#10;bv7zNFwRgMsLSkEYkdsw8Yp4eelFRbTwkkuy9EiQ3CYxiZIoL55TuuOC/TslNGQ4WYSLSU3npF9w&#10;I+57zY2mHTcwO1reZRjkAZ91oqnV4EZUzjaUt5P9pBQ2/XMpoN1zo51irUgnuZpxO05PI7HIVs5b&#10;WT2ChpUEhYFQYfCB0Uj1A6MBhkiG9fc9VQyj9oOAd2Anzmyo2djOBhUlXM2wwWgy12aaTPte8V0D&#10;yNNLE/IG3krNnYrPWRxfGAwGR+Y4xOzkefrvvM6jdvUbAAD//wMAUEsDBBQABgAIAAAAIQCzADGL&#10;3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/BTsMwDAbgOxLvEBmJG0tgrBul7jQhOCEhunLY&#10;MW28tlrjlCbbytuTneBo/dbvz9l6sr040eg7xwj3MwWCuHam4wbhq3y7W4HwQbPRvWNC+CEP6/z6&#10;KtOpcWcu6LQNjYgl7FON0IYwpFL6uiWr/cwNxDHbu9HqEMexkWbU51hue/mgVCKt7jheaPVALy3V&#10;h+3RImx2XLx23x/VZ7EvurJ8UvyeHBBvb6bNM4hAU/hbhgs/0iGPpsod2XjRIzxGeECI/1xCtVws&#10;QVQI8/kiAZln8r8//wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBjml+qswIAALIFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABk&#10;" filled="f" stroked="f">
             <v:textbox inset="0,0,0,0">
               <w:txbxContent>
                 <w:p w14:paraId="2C8C2ADA" w14:textId="77777777" w:rsidR="001D4BD6" w:rsidRDefault="001D4BD6" w:rsidP="001D4BD6">
                   <w:pPr>
                     <w:pBdr>
                       <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
                       <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
                       <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
                       <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
                     </w:pBdr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="001D4BD6" w:rsidRPr="002F4005">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:eastAsia="Segoe UI" w:hAnsi="Century Gothic"/>
           <w:color w:val="303338"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4524,353 +4514,311 @@
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC5A97">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PERIMETRE DE LA CESSION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36045687" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F784671" w14:textId="38AE605B" w:rsidR="004B4456" w:rsidRDefault="004B4456" w:rsidP="004B4456">
-[...30 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="5F784671" w14:textId="38AE605B" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Il dépend de l’actif de la liquidation judiciaire les éléments incorporels, corporels</w:t>
+      </w:r>
+      <w:r w:rsidR="00335BD2" w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mobiliers et immobiliers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, et le stock subsistant, d’un fonds de commerce de Commerce de miel et dérivés et de tous produits diététiques et d'herboristerie, et la fabrication et la vente en gros, demi-gros et détail de produits alimentaires et notamment pâtisserie, biscuits et spécialités régionales, </w:t>
       </w:r>
-      <w:r w:rsidR="003E1AAB" w:rsidRPr="003E1AAB">
+      <w:r w:rsidR="003E1AAB" w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2 Lieudit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003E1AAB" w:rsidRPr="003E1AAB">
+      <w:r w:rsidR="003E1AAB" w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Peygnognon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003E1AAB" w:rsidRPr="003E1AAB">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidR="003E1AAB" w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 33124 Savignac </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>comprenant :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24334F3E" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
-[...9 lines deleted...]
-    <w:p w14:paraId="5F73D078" w14:textId="77777777" w:rsidR="004B4456" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="24334F3E" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F73D078" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les éléments incorporels, à savoir, la clientèle, l’achalandage, l’enseigne, le nom commercial ainsi que le droit au bail commercial, pour le temps restant à courir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7911685A" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="7911685A" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BDD3FF4" w14:textId="77777777" w:rsidR="004B4456" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="2BDD3FF4" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Les éléments corporels, sur la base de l’inventaire établi par le Commissaire-Priseur, à l’ouverture de la procédure, à l’exclusion des éléments revendiqués ou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>revendicables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, connus ou non à la date des présentes, et/ou déclarés comme étant la propriété de tiers dans l’inventaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA08936" w14:textId="77777777" w:rsidR="00335BD2" w:rsidRDefault="00335BD2" w:rsidP="00335BD2">
+    <w:p w14:paraId="5DA08936" w14:textId="77777777" w:rsidR="00335BD2" w:rsidRPr="00AC796C" w:rsidRDefault="00335BD2" w:rsidP="00335BD2">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BBC3094" w14:textId="78DE1BD5" w:rsidR="00335BD2" w:rsidRPr="00335BD2" w:rsidRDefault="00335BD2" w:rsidP="004B4456">
+    <w:p w14:paraId="5BBC3094" w14:textId="78DE1BD5" w:rsidR="00335BD2" w:rsidRPr="00AC796C" w:rsidRDefault="00335BD2" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les éléments corporels immobilier, à savoir Immeuble : bâtiment à usage industriel d’une superficie de 500 m² environ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00335BD2">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00335BD2">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> lieudit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00335BD2">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Peygnonon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00335BD2">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> à SAVIGNAC (33124), implanté sur une parcelle de terrain d’une contenance totale de 5 000 m², cadastrée section C n°572 et n°573. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EB45D6" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="003E1AAB" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="61EB45D6" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19E3068D" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="003E1AAB" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="19E3068D" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Le stock, sur la base de l’inventaire établi par le Commissaire-Priseur, à l’ouverture de la procédure, à l’exclusion des éléments revendiqués ou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>revendicables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003E1AAB">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, connus ou non à la date des présentes, et/ou déclarés comme étant la propriété de tiers dans l’inventaire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357F009A" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6446E252" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -5038,176 +4986,173 @@
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC5A97">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De la même manière, l’acquéreur fera son affaire personnelle de la renégociation avec les fournisseurs des contrats concernant les lignes téléphoniques, Internet, électricité, eau, ceux-ci pouvant être d’ores et déjà résiliés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F59316" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42186B57" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="42186B57" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ARTICLE 2 – OFFRE D’ACQUISITION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDAB2DC" w14:textId="77777777" w:rsidR="004B4456" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="3DDAB2DC" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A0C7BFD" w14:textId="77777777" w:rsidR="004B4456" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="0A0C7BFD" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L’offre stipulée, ferme et définitive, devra comporter une ventilation du prix entre :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFD5920" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="1BFD5920" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:ind w:left="45"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6150EDA6" w14:textId="6250030E" w:rsidR="004B4456" w:rsidRPr="00335BD2" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="6150EDA6" w14:textId="6250030E" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...7 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les éléments corporels</w:t>
       </w:r>
-      <w:r w:rsidR="00335BD2" w:rsidRPr="00335BD2">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00335BD2" w:rsidRPr="00AC796C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> mobiliers et immobiliers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B9EF04" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="78B9EF04" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les éléments incorporels</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10135402" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
+    <w:p w14:paraId="10135402" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00AC796C" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC5A97">
+      <w:r w:rsidRPr="00AC796C">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Le stock, avec mention de la TVA applicable, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508A8567" w14:textId="77777777" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D2C8E7E" w14:textId="1BD67CB4" w:rsidR="004B4456" w:rsidRPr="00EC5A97" w:rsidRDefault="004B4456" w:rsidP="004B4456">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -7078,51 +7023,51 @@
         </w:tabs>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1986623544">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105">
+    <o:shapedefaults v:ext="edit" spidmax="49153">
       <o:colormenu v:ext="edit" strokecolor="none"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
@@ -7182,88 +7127,90 @@
     <w:rsid w:val="003D2549"/>
     <w:rsid w:val="003E1AAB"/>
     <w:rsid w:val="00496896"/>
     <w:rsid w:val="004B4456"/>
     <w:rsid w:val="00546DA3"/>
     <w:rsid w:val="00564F8D"/>
     <w:rsid w:val="0058172B"/>
     <w:rsid w:val="005D1C5D"/>
     <w:rsid w:val="00614C64"/>
     <w:rsid w:val="00695665"/>
     <w:rsid w:val="00696BF7"/>
     <w:rsid w:val="006E19F5"/>
     <w:rsid w:val="0071050B"/>
     <w:rsid w:val="0076495B"/>
     <w:rsid w:val="00796B06"/>
     <w:rsid w:val="007E6F25"/>
     <w:rsid w:val="00886C90"/>
     <w:rsid w:val="008977A0"/>
     <w:rsid w:val="009163DF"/>
     <w:rsid w:val="009328FF"/>
     <w:rsid w:val="009A1A9B"/>
     <w:rsid w:val="00A60A95"/>
     <w:rsid w:val="00A65532"/>
     <w:rsid w:val="00A853D7"/>
     <w:rsid w:val="00AA71CE"/>
+    <w:rsid w:val="00AC796C"/>
+    <w:rsid w:val="00B02ECA"/>
     <w:rsid w:val="00B32E2B"/>
     <w:rsid w:val="00B331E4"/>
     <w:rsid w:val="00C32270"/>
     <w:rsid w:val="00C3705D"/>
     <w:rsid w:val="00C54C96"/>
     <w:rsid w:val="00C64CAB"/>
     <w:rsid w:val="00C76252"/>
     <w:rsid w:val="00CF1C60"/>
     <w:rsid w:val="00D87945"/>
     <w:rsid w:val="00DA65DC"/>
     <w:rsid w:val="00DA6C5B"/>
     <w:rsid w:val="00E30B3D"/>
     <w:rsid w:val="00E62481"/>
     <w:rsid w:val="00F31D32"/>
     <w:rsid w:val="00F56CDB"/>
     <w:rsid w:val="00FB563A"/>
     <w:rsid w:val="00FC2C54"/>
     <w:rsid w:val="00FE7CA3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105">
+    <o:shapedefaults v:ext="edit" spidmax="49153">
       <o:colormenu v:ext="edit" strokecolor="none"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A82FFD9"/>
   <w15:docId w15:val="{9DCEB210-C70C-4B4A-B752-805FD2B030EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -8060,51 +8007,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:msink="http://schemas.microsoft.com/ink/2010/main" xmlns:cdr14="http://schemas.microsoft.com/office/drawing/2010/chartDrawing" xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:ns38="http://www.w3.org/1998/Math/MathML" xmlns:ns39="http://www.w3.org/2003/InkML" xmlns:a13cmd="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" xmlns:dgm1611="http://schemas.microsoft.com/office/drawing/2016/11/diagram" xmlns:c173="http://schemas.microsoft.com/office/drawing/2017/03/chart" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:an18="http://schemas.microsoft.com/office/drawing/2018/animation" xmlns:anam3d="http://schemas.microsoft.com/office/drawing/2018/animation/model3d" xmlns:iact="http://schemas.microsoft.com/office/powerpoint/2014/inkAction" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:pic14="http://schemas.microsoft.com/office/drawing/2010/picture" xmlns:c16ac="http://schemas.microsoft.com/office/drawing/2014/chart/ac" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" xmlns:dgm1612="http://schemas.microsoft.com/office/drawing/2016/12/diagram" xmlns:a16svg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a18hc="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:msink="http://schemas.microsoft.com/ink/2010/main" xmlns:cdr14="http://schemas.microsoft.com/office/drawing/2010/chartDrawing" xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:ns38="http://www.w3.org/1998/Math/MathML" xmlns:ns39="http://www.w3.org/2003/InkML" xmlns:a13cmd="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" xmlns:dgm1611="http://schemas.microsoft.com/office/drawing/2016/11/diagram" xmlns:c173="http://schemas.microsoft.com/office/drawing/2017/03/chart" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:an18="http://schemas.microsoft.com/office/drawing/2018/animation" xmlns:anam3d="http://schemas.microsoft.com/office/drawing/2018/animation/model3d" xmlns:iact="http://schemas.microsoft.com/office/powerpoint/2014/inkAction" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm14="http://schemas.microsoft.com/office/drawing/2010/diagram" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:pic14="http://schemas.microsoft.com/office/drawing/2010/picture" xmlns:c16ac="http://schemas.microsoft.com/office/drawing/2014/chart/ac" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" xmlns:dgm1612="http://schemas.microsoft.com/office/drawing/2016/12/diagram" xmlns:a16svg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a18hc="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46597C4E-ED68-4022-9CC3-69D86F2A8C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/math"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/schemaLibrary/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2006/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chart"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2008/diagram"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:excel"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:office"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:vml"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:word"/>